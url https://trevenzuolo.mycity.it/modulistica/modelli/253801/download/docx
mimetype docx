--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -97,446 +97,446 @@
         <w:rPr>
           <w:spacing w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_2966318689"/>
+            <w:name w:val="__Fieldmark__0_2963212789"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2966318689"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2966318689"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2963212789"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2963212789"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2966318689"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2963212789"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_2966318689"/>
+            <w:name w:val="__Fieldmark__1_2963212789"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2966318689"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2966318689"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2963212789"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2963212789"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2966318689"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2963212789"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> sottoscritt</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__2_2966318689"/>
+            <w:name w:val="__Fieldmark__2_2963212789"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2966318689"/>
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2966318689"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2963212789"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2963212789"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2966318689"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2963212789"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_2966318689"/>
+            <w:name w:val="__Fieldmark__3_2963212789"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2966318689"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2966318689"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2963212789"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2963212789"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..............................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2966318689"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2963212789"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>nat</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_2966318689"/>
+            <w:name w:val="__Fieldmark__4_2963212789"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2966318689"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2966318689"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2963212789"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2963212789"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2966318689"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2963212789"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_2966318689"/>
+            <w:name w:val="__Fieldmark__5_2963212789"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2966318689"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2966318689"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2963212789"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2963212789"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..............................................................................................................(.......)</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2966318689"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2963212789"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">, il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_2966318689"/>
+            <w:name w:val="__Fieldmark__6_2963212789"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2966318689"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2966318689"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2963212789"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2963212789"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2966318689"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2963212789"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">residente a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_2966318689"/>
+            <w:name w:val="__Fieldmark__7_2963212789"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2966318689"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2966318689"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2963212789"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2963212789"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2966318689"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2963212789"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_2966318689"/>
+            <w:name w:val="__Fieldmark__8_2963212789"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2966318689"/>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2966318689"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2963212789"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2963212789"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2966318689"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2963212789"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_2966318689"/>
+            <w:name w:val="__Fieldmark__9_2963212789"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_2966318689"/>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_2966318689"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_2963212789"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_2963212789"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_2966318689"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_2963212789"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>consapevole delle sanzioni penali stabilite dalla legge per false attestazioni e mendaci dichiarazioni (art. 76, DPR n. 445/2000) e della decadenza dai benefici eventualmente conseguenti al provvedimento emanato sulla base di dichiarazioni non veritiere (art. 75, DPR n. 445/2000), sotto la propria personale responsabilità:</w:t>
       </w:r>
@@ -551,348 +551,348 @@
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">che </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__10_2966318689"/>
+            <w:name w:val="__Fieldmark__10_2963212789"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_2966318689"/>
-      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_2966318689"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_2963212789"/>
+      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_2963212789"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_2966318689"/>
+      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_2963212789"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__11_2966318689"/>
+            <w:name w:val="__Fieldmark__11_2963212789"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_2966318689"/>
-      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_2966318689"/>
+      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_2963212789"/>
+      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_2963212789"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_2966318689"/>
+      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_2963212789"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>nat</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__12_2966318689"/>
+            <w:name w:val="__Fieldmark__12_2963212789"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_2966318689"/>
-      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_2966318689"/>
+      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_2963212789"/>
+      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_2963212789"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_2966318689"/>
+      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_2963212789"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__13_2966318689"/>
+            <w:name w:val="__Fieldmark__13_2963212789"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_2966318689"/>
-      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_2966318689"/>
+      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_2963212789"/>
+      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_2963212789"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>................................................................................................................(.......)</w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_2966318689"/>
+      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_2963212789"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__14_2966318689"/>
+            <w:name w:val="__Fieldmark__14_2963212789"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_2966318689"/>
-      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_2966318689"/>
+      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_2963212789"/>
+      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_2963212789"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_2966318689"/>
+      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_2963212789"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>e decedut</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__15_2966318689"/>
+            <w:name w:val="__Fieldmark__15_2963212789"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_2966318689"/>
-      <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_2966318689"/>
+      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_2963212789"/>
+      <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_2963212789"/>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_2966318689"/>
+      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_2963212789"/>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__16_2966318689"/>
+            <w:name w:val="__Fieldmark__16_2963212789"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_2966318689"/>
-      <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_2966318689"/>
+      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_2963212789"/>
+      <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_2963212789"/>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..............................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_2966318689"/>
+      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_2963212789"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__17_2966318689"/>
+            <w:name w:val="__Fieldmark__17_2963212789"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_2966318689"/>
-      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_2966318689"/>
+      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_2963212789"/>
+      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_2963212789"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_2966318689"/>
+      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_2963212789"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> di stato civile ………………………………………….. ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>che il de cuius non ha lasciato disposizioni testamentarie;</w:t>
       </w:r>
     </w:p>
@@ -1682,192 +1682,192 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_2966318689"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_2966318689"/>
+      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_2963212789"/>
+      <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_2963212789"/>
+      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_2963212789"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> che tra i coniugi non è mai stata pronunciata sentenza di separazione e che al momento del decesso erano conviventi sotto lo stesso tetto.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(*)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(*) Barrare la casella </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:checked/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_2966318689"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_2966318689"/>
+      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_2963212789"/>
+      <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_2963212789"/>
+      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_2963212789"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> se ricorre l’ipotesi</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__20_2966318689"/>
+            <w:name w:val="__Fieldmark__20_2963212789"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_2966318689"/>
-      <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_2966318689"/>
+      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_2963212789"/>
+      <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_2963212789"/>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_2966318689"/>
+      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_2963212789"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__21_2966318689"/>
+            <w:name w:val="__Fieldmark__21_2963212789"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_2966318689"/>
-      <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_2966318689"/>
+      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_2963212789"/>
+      <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_2963212789"/>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_2966318689"/>
+      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_2963212789"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Dichiarante                         </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>