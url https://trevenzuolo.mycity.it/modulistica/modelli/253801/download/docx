--- v1 (2025-11-03)
+++ v2 (2025-11-24)
@@ -97,446 +97,446 @@
         <w:rPr>
           <w:spacing w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_2963212789"/>
+            <w:name w:val="__Fieldmark__0_372824353"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2963212789"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2963212789"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_372824353"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_372824353"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2963212789"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_372824353"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_2963212789"/>
+            <w:name w:val="__Fieldmark__1_372824353"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2963212789"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2963212789"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_372824353"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_372824353"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2963212789"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_372824353"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> sottoscritt</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__2_2963212789"/>
+            <w:name w:val="__Fieldmark__2_372824353"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2963212789"/>
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2963212789"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_372824353"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_372824353"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2963212789"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_372824353"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_2963212789"/>
+            <w:name w:val="__Fieldmark__3_372824353"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2963212789"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2963212789"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_372824353"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_372824353"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..............................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2963212789"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_372824353"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>nat</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_2963212789"/>
+            <w:name w:val="__Fieldmark__4_372824353"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2963212789"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2963212789"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_372824353"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_372824353"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2963212789"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_372824353"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_2963212789"/>
+            <w:name w:val="__Fieldmark__5_372824353"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2963212789"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2963212789"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_372824353"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_372824353"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..............................................................................................................(.......)</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2963212789"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_372824353"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">, il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_2963212789"/>
+            <w:name w:val="__Fieldmark__6_372824353"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2963212789"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2963212789"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_372824353"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_372824353"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2963212789"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_372824353"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">residente a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_2963212789"/>
+            <w:name w:val="__Fieldmark__7_372824353"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2963212789"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2963212789"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_372824353"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_372824353"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2963212789"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_372824353"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_2963212789"/>
+            <w:name w:val="__Fieldmark__8_372824353"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2963212789"/>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2963212789"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_372824353"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_372824353"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2963212789"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_372824353"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_2963212789"/>
+            <w:name w:val="__Fieldmark__9_372824353"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_2963212789"/>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_2963212789"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_372824353"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_372824353"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_2963212789"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_372824353"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>consapevole delle sanzioni penali stabilite dalla legge per false attestazioni e mendaci dichiarazioni (art. 76, DPR n. 445/2000) e della decadenza dai benefici eventualmente conseguenti al provvedimento emanato sulla base di dichiarazioni non veritiere (art. 75, DPR n. 445/2000), sotto la propria personale responsabilità:</w:t>
       </w:r>
@@ -551,348 +551,348 @@
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">che </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__10_2963212789"/>
+            <w:name w:val="__Fieldmark__10_372824353"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_2963212789"/>
-      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_2963212789"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_372824353"/>
+      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_372824353"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_2963212789"/>
+      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_372824353"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__11_2963212789"/>
+            <w:name w:val="__Fieldmark__11_372824353"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_2963212789"/>
-      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_2963212789"/>
+      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_372824353"/>
+      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_372824353"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_2963212789"/>
+      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_372824353"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>nat</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__12_2963212789"/>
+            <w:name w:val="__Fieldmark__12_372824353"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_2963212789"/>
-      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_2963212789"/>
+      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_372824353"/>
+      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_372824353"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_2963212789"/>
+      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_372824353"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__13_2963212789"/>
+            <w:name w:val="__Fieldmark__13_372824353"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_2963212789"/>
-      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_2963212789"/>
+      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_372824353"/>
+      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_372824353"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>................................................................................................................(.......)</w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_2963212789"/>
+      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_372824353"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__14_2963212789"/>
+            <w:name w:val="__Fieldmark__14_372824353"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_2963212789"/>
-      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_2963212789"/>
+      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_372824353"/>
+      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_372824353"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_2963212789"/>
+      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_372824353"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>e decedut</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__15_2963212789"/>
+            <w:name w:val="__Fieldmark__15_372824353"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_2963212789"/>
-      <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_2963212789"/>
+      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_372824353"/>
+      <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_372824353"/>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_2963212789"/>
+      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_372824353"/>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__16_2963212789"/>
+            <w:name w:val="__Fieldmark__16_372824353"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_2963212789"/>
-      <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_2963212789"/>
+      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_372824353"/>
+      <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_372824353"/>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..............................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_2963212789"/>
+      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_372824353"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__17_2963212789"/>
+            <w:name w:val="__Fieldmark__17_372824353"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_2963212789"/>
-      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_2963212789"/>
+      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_372824353"/>
+      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_372824353"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_2963212789"/>
+      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_372824353"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> di stato civile ………………………………………….. ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>che il de cuius non ha lasciato disposizioni testamentarie;</w:t>
       </w:r>
     </w:p>
@@ -1682,192 +1682,192 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_2963212789"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_2963212789"/>
+      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_372824353"/>
+      <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_372824353"/>
+      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_372824353"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> che tra i coniugi non è mai stata pronunciata sentenza di separazione e che al momento del decesso erano conviventi sotto lo stesso tetto.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(*)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(*) Barrare la casella </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:checked/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_2963212789"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_2963212789"/>
+      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_372824353"/>
+      <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_372824353"/>
+      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_372824353"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> se ricorre l’ipotesi</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__20_2963212789"/>
+            <w:name w:val="__Fieldmark__20_372824353"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_2963212789"/>
-      <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_2963212789"/>
+      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_372824353"/>
+      <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_372824353"/>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_2963212789"/>
+      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_372824353"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__21_2963212789"/>
+            <w:name w:val="__Fieldmark__21_372824353"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_2963212789"/>
-      <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_2963212789"/>
+      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_372824353"/>
+      <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_372824353"/>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_2963212789"/>
+      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_372824353"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Dichiarante                         </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>