--- v2 (2025-11-24)
+++ v3 (2025-12-14)
@@ -97,446 +97,446 @@
         <w:rPr>
           <w:spacing w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_372824353"/>
+            <w:name w:val="__Fieldmark__0_123947972"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_372824353"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_372824353"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_123947972"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_123947972"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_372824353"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_123947972"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_372824353"/>
+            <w:name w:val="__Fieldmark__1_123947972"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_372824353"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_372824353"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_123947972"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_123947972"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_372824353"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_123947972"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> sottoscritt</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__2_372824353"/>
+            <w:name w:val="__Fieldmark__2_123947972"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_372824353"/>
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_372824353"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_123947972"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_123947972"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_372824353"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_123947972"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_372824353"/>
+            <w:name w:val="__Fieldmark__3_123947972"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_372824353"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_372824353"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_123947972"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_123947972"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..............................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_372824353"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_123947972"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>nat</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_372824353"/>
+            <w:name w:val="__Fieldmark__4_123947972"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_372824353"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_372824353"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_123947972"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_123947972"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_372824353"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_123947972"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_372824353"/>
+            <w:name w:val="__Fieldmark__5_123947972"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_372824353"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_372824353"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_123947972"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_123947972"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..............................................................................................................(.......)</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_372824353"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_123947972"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">, il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_372824353"/>
+            <w:name w:val="__Fieldmark__6_123947972"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_372824353"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_372824353"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_123947972"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_123947972"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_372824353"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_123947972"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">residente a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_372824353"/>
+            <w:name w:val="__Fieldmark__7_123947972"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_372824353"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_372824353"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_123947972"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_123947972"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_372824353"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_123947972"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_372824353"/>
+            <w:name w:val="__Fieldmark__8_123947972"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_372824353"/>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_372824353"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_123947972"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_123947972"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_372824353"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_123947972"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_372824353"/>
+            <w:name w:val="__Fieldmark__9_123947972"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_372824353"/>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_372824353"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_123947972"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_123947972"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_372824353"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_123947972"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>consapevole delle sanzioni penali stabilite dalla legge per false attestazioni e mendaci dichiarazioni (art. 76, DPR n. 445/2000) e della decadenza dai benefici eventualmente conseguenti al provvedimento emanato sulla base di dichiarazioni non veritiere (art. 75, DPR n. 445/2000), sotto la propria personale responsabilità:</w:t>
       </w:r>
@@ -551,348 +551,348 @@
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">che </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__10_372824353"/>
+            <w:name w:val="__Fieldmark__10_123947972"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_372824353"/>
-      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_372824353"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_123947972"/>
+      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_123947972"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_372824353"/>
+      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_123947972"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__11_372824353"/>
+            <w:name w:val="__Fieldmark__11_123947972"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_372824353"/>
-      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_372824353"/>
+      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_123947972"/>
+      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_123947972"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_372824353"/>
+      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_123947972"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>nat</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__12_372824353"/>
+            <w:name w:val="__Fieldmark__12_123947972"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_372824353"/>
-      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_372824353"/>
+      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_123947972"/>
+      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_123947972"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_372824353"/>
+      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_123947972"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__13_372824353"/>
+            <w:name w:val="__Fieldmark__13_123947972"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_372824353"/>
-      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_372824353"/>
+      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_123947972"/>
+      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_123947972"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>................................................................................................................(.......)</w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_372824353"/>
+      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_123947972"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__14_372824353"/>
+            <w:name w:val="__Fieldmark__14_123947972"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_372824353"/>
-      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_372824353"/>
+      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_123947972"/>
+      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_123947972"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_372824353"/>
+      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_123947972"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>e decedut</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__15_372824353"/>
+            <w:name w:val="__Fieldmark__15_123947972"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_372824353"/>
-      <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_372824353"/>
+      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_123947972"/>
+      <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_123947972"/>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_372824353"/>
+      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_123947972"/>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__16_372824353"/>
+            <w:name w:val="__Fieldmark__16_123947972"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_372824353"/>
-      <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_372824353"/>
+      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_123947972"/>
+      <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_123947972"/>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..............................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_372824353"/>
+      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_123947972"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__17_372824353"/>
+            <w:name w:val="__Fieldmark__17_123947972"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_372824353"/>
-      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_372824353"/>
+      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_123947972"/>
+      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_123947972"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_372824353"/>
+      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_123947972"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> di stato civile ………………………………………….. ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>che il de cuius non ha lasciato disposizioni testamentarie;</w:t>
       </w:r>
     </w:p>
@@ -1682,192 +1682,192 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_372824353"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_372824353"/>
+      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_123947972"/>
+      <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_123947972"/>
+      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_123947972"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> che tra i coniugi non è mai stata pronunciata sentenza di separazione e che al momento del decesso erano conviventi sotto lo stesso tetto.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(*)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(*) Barrare la casella </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:checked/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_372824353"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_372824353"/>
+      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_123947972"/>
+      <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_123947972"/>
+      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_123947972"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> se ricorre l’ipotesi</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__20_372824353"/>
+            <w:name w:val="__Fieldmark__20_123947972"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_372824353"/>
-      <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_372824353"/>
+      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_123947972"/>
+      <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_123947972"/>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_372824353"/>
+      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_123947972"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__21_372824353"/>
+            <w:name w:val="__Fieldmark__21_123947972"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_372824353"/>
-      <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_372824353"/>
+      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_123947972"/>
+      <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_123947972"/>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_372824353"/>
+      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_123947972"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Dichiarante                         </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>