--- v3 (2025-12-14)
+++ v4 (2025-12-17)
@@ -97,446 +97,446 @@
         <w:rPr>
           <w:spacing w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_123947972"/>
+            <w:name w:val="__Fieldmark__0_3360302624"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_123947972"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_123947972"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3360302624"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3360302624"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_123947972"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3360302624"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_123947972"/>
+            <w:name w:val="__Fieldmark__1_3360302624"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_123947972"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_123947972"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3360302624"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3360302624"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_123947972"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3360302624"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> sottoscritt</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__2_123947972"/>
+            <w:name w:val="__Fieldmark__2_3360302624"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_123947972"/>
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_123947972"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3360302624"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3360302624"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_123947972"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3360302624"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_123947972"/>
+            <w:name w:val="__Fieldmark__3_3360302624"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_123947972"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_123947972"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3360302624"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3360302624"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..............................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_123947972"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3360302624"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>nat</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_123947972"/>
+            <w:name w:val="__Fieldmark__4_3360302624"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_123947972"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_123947972"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3360302624"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3360302624"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_123947972"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3360302624"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_123947972"/>
+            <w:name w:val="__Fieldmark__5_3360302624"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_123947972"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_123947972"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3360302624"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3360302624"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..............................................................................................................(.......)</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_123947972"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3360302624"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">, il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_123947972"/>
+            <w:name w:val="__Fieldmark__6_3360302624"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_123947972"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_123947972"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3360302624"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3360302624"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_123947972"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3360302624"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">residente a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_123947972"/>
+            <w:name w:val="__Fieldmark__7_3360302624"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_123947972"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_123947972"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3360302624"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3360302624"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_123947972"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3360302624"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_123947972"/>
+            <w:name w:val="__Fieldmark__8_3360302624"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_123947972"/>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_123947972"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3360302624"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3360302624"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_123947972"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3360302624"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_123947972"/>
+            <w:name w:val="__Fieldmark__9_3360302624"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_123947972"/>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_123947972"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_3360302624"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_3360302624"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_123947972"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_3360302624"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>consapevole delle sanzioni penali stabilite dalla legge per false attestazioni e mendaci dichiarazioni (art. 76, DPR n. 445/2000) e della decadenza dai benefici eventualmente conseguenti al provvedimento emanato sulla base di dichiarazioni non veritiere (art. 75, DPR n. 445/2000), sotto la propria personale responsabilità:</w:t>
       </w:r>
@@ -551,348 +551,348 @@
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">che </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__10_123947972"/>
+            <w:name w:val="__Fieldmark__10_3360302624"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_123947972"/>
-      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_123947972"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_3360302624"/>
+      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_3360302624"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_123947972"/>
+      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_3360302624"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__11_123947972"/>
+            <w:name w:val="__Fieldmark__11_3360302624"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_123947972"/>
-      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_123947972"/>
+      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_3360302624"/>
+      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_3360302624"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_123947972"/>
+      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_3360302624"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>nat</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__12_123947972"/>
+            <w:name w:val="__Fieldmark__12_3360302624"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_123947972"/>
-      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_123947972"/>
+      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_3360302624"/>
+      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_3360302624"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_123947972"/>
+      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_3360302624"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__13_123947972"/>
+            <w:name w:val="__Fieldmark__13_3360302624"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_123947972"/>
-      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_123947972"/>
+      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_3360302624"/>
+      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_3360302624"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>................................................................................................................(.......)</w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_123947972"/>
+      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_3360302624"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__14_123947972"/>
+            <w:name w:val="__Fieldmark__14_3360302624"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_123947972"/>
-      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_123947972"/>
+      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_3360302624"/>
+      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_3360302624"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_123947972"/>
+      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_3360302624"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>e decedut</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__15_123947972"/>
+            <w:name w:val="__Fieldmark__15_3360302624"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_123947972"/>
-      <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_123947972"/>
+      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_3360302624"/>
+      <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_3360302624"/>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_123947972"/>
+      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_3360302624"/>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__16_123947972"/>
+            <w:name w:val="__Fieldmark__16_3360302624"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_123947972"/>
-      <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_123947972"/>
+      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_3360302624"/>
+      <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_3360302624"/>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..............................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_123947972"/>
+      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_3360302624"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__17_123947972"/>
+            <w:name w:val="__Fieldmark__17_3360302624"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_123947972"/>
-      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_123947972"/>
+      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_3360302624"/>
+      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_3360302624"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_123947972"/>
+      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_3360302624"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> di stato civile ………………………………………….. ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>che il de cuius non ha lasciato disposizioni testamentarie;</w:t>
       </w:r>
     </w:p>
@@ -1682,192 +1682,192 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_123947972"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_123947972"/>
+      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_3360302624"/>
+      <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_3360302624"/>
+      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_3360302624"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> che tra i coniugi non è mai stata pronunciata sentenza di separazione e che al momento del decesso erano conviventi sotto lo stesso tetto.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(*)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(*) Barrare la casella </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:checked/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_123947972"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_123947972"/>
+      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_3360302624"/>
+      <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_3360302624"/>
+      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_3360302624"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> se ricorre l’ipotesi</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__20_123947972"/>
+            <w:name w:val="__Fieldmark__20_3360302624"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_123947972"/>
-      <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_123947972"/>
+      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_3360302624"/>
+      <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_3360302624"/>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_123947972"/>
+      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_3360302624"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__21_123947972"/>
+            <w:name w:val="__Fieldmark__21_3360302624"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_123947972"/>
-      <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_123947972"/>
+      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_3360302624"/>
+      <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_3360302624"/>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_123947972"/>
+      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_3360302624"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Dichiarante                         </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>