--- v4 (2025-12-17)
+++ v5 (2026-01-06)
@@ -97,446 +97,446 @@
         <w:rPr>
           <w:spacing w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_3360302624"/>
+            <w:name w:val="__Fieldmark__0_3356531081"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3360302624"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3360302624"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3356531081"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3356531081"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3360302624"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3356531081"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_3360302624"/>
+            <w:name w:val="__Fieldmark__1_3356531081"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3360302624"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3360302624"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3356531081"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3356531081"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3360302624"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3356531081"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> sottoscritt</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__2_3360302624"/>
+            <w:name w:val="__Fieldmark__2_3356531081"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3360302624"/>
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3360302624"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3356531081"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3356531081"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3360302624"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3356531081"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_3360302624"/>
+            <w:name w:val="__Fieldmark__3_3356531081"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3360302624"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3360302624"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3356531081"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3356531081"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..............................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3360302624"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3356531081"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>nat</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_3360302624"/>
+            <w:name w:val="__Fieldmark__4_3356531081"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3360302624"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3360302624"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3356531081"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3356531081"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3360302624"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3356531081"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_3360302624"/>
+            <w:name w:val="__Fieldmark__5_3356531081"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3360302624"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3360302624"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3356531081"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3356531081"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..............................................................................................................(.......)</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3360302624"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3356531081"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">, il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_3360302624"/>
+            <w:name w:val="__Fieldmark__6_3356531081"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3360302624"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3360302624"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3356531081"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3356531081"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3360302624"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3356531081"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">residente a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_3360302624"/>
+            <w:name w:val="__Fieldmark__7_3356531081"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3360302624"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3360302624"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3356531081"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3356531081"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3360302624"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3356531081"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_3360302624"/>
+            <w:name w:val="__Fieldmark__8_3356531081"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3360302624"/>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3360302624"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3356531081"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3356531081"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3360302624"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3356531081"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_3360302624"/>
+            <w:name w:val="__Fieldmark__9_3356531081"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_3360302624"/>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_3360302624"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_3356531081"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_3356531081"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_3360302624"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_3356531081"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>consapevole delle sanzioni penali stabilite dalla legge per false attestazioni e mendaci dichiarazioni (art. 76, DPR n. 445/2000) e della decadenza dai benefici eventualmente conseguenti al provvedimento emanato sulla base di dichiarazioni non veritiere (art. 75, DPR n. 445/2000), sotto la propria personale responsabilità:</w:t>
       </w:r>
@@ -551,348 +551,348 @@
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">che </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__10_3360302624"/>
+            <w:name w:val="__Fieldmark__10_3356531081"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_3360302624"/>
-      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_3360302624"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_3356531081"/>
+      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_3356531081"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_3360302624"/>
+      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_3356531081"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__11_3360302624"/>
+            <w:name w:val="__Fieldmark__11_3356531081"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_3360302624"/>
-      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_3360302624"/>
+      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_3356531081"/>
+      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_3356531081"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_3360302624"/>
+      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_3356531081"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>nat</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__12_3360302624"/>
+            <w:name w:val="__Fieldmark__12_3356531081"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_3360302624"/>
-      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_3360302624"/>
+      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_3356531081"/>
+      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_3356531081"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_3360302624"/>
+      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_3356531081"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__13_3360302624"/>
+            <w:name w:val="__Fieldmark__13_3356531081"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_3360302624"/>
-      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_3360302624"/>
+      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_3356531081"/>
+      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_3356531081"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>................................................................................................................(.......)</w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_3360302624"/>
+      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_3356531081"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__14_3360302624"/>
+            <w:name w:val="__Fieldmark__14_3356531081"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_3360302624"/>
-      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_3360302624"/>
+      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_3356531081"/>
+      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_3356531081"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_3360302624"/>
+      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_3356531081"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>e decedut</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__15_3360302624"/>
+            <w:name w:val="__Fieldmark__15_3356531081"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_3360302624"/>
-      <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_3360302624"/>
+      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_3356531081"/>
+      <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_3356531081"/>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_3360302624"/>
+      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_3356531081"/>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__16_3360302624"/>
+            <w:name w:val="__Fieldmark__16_3356531081"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_3360302624"/>
-      <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_3360302624"/>
+      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_3356531081"/>
+      <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_3356531081"/>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..............................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_3360302624"/>
+      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_3356531081"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__17_3360302624"/>
+            <w:name w:val="__Fieldmark__17_3356531081"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_3360302624"/>
-      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_3360302624"/>
+      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_3356531081"/>
+      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_3356531081"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_3360302624"/>
+      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_3356531081"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> di stato civile ………………………………………….. ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>che il de cuius non ha lasciato disposizioni testamentarie;</w:t>
       </w:r>
     </w:p>
@@ -1682,192 +1682,192 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_3360302624"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_3360302624"/>
+      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_3356531081"/>
+      <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_3356531081"/>
+      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_3356531081"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> che tra i coniugi non è mai stata pronunciata sentenza di separazione e che al momento del decesso erano conviventi sotto lo stesso tetto.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(*)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(*) Barrare la casella </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:checked/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_3360302624"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_3360302624"/>
+      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_3356531081"/>
+      <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_3356531081"/>
+      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_3356531081"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> se ricorre l’ipotesi</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__20_3360302624"/>
+            <w:name w:val="__Fieldmark__20_3356531081"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_3360302624"/>
-      <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_3360302624"/>
+      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_3356531081"/>
+      <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_3356531081"/>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_3360302624"/>
+      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_3356531081"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__21_3360302624"/>
+            <w:name w:val="__Fieldmark__21_3356531081"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_3360302624"/>
-      <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_3360302624"/>
+      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_3356531081"/>
+      <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_3356531081"/>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_3360302624"/>
+      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_3356531081"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Dichiarante                         </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>