--- v5 (2026-01-06)
+++ v6 (2026-02-28)
@@ -97,446 +97,446 @@
         <w:rPr>
           <w:spacing w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_3356531081"/>
+            <w:name w:val="__Fieldmark__0_170095258"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3356531081"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3356531081"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_170095258"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_170095258"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3356531081"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_170095258"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_3356531081"/>
+            <w:name w:val="__Fieldmark__1_170095258"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3356531081"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3356531081"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_170095258"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_170095258"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3356531081"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_170095258"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> sottoscritt</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__2_3356531081"/>
+            <w:name w:val="__Fieldmark__2_170095258"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3356531081"/>
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3356531081"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_170095258"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_170095258"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3356531081"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_170095258"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_3356531081"/>
+            <w:name w:val="__Fieldmark__3_170095258"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3356531081"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3356531081"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_170095258"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_170095258"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..............................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3356531081"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_170095258"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>nat</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_3356531081"/>
+            <w:name w:val="__Fieldmark__4_170095258"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3356531081"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3356531081"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_170095258"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_170095258"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3356531081"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_170095258"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_3356531081"/>
+            <w:name w:val="__Fieldmark__5_170095258"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3356531081"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3356531081"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_170095258"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_170095258"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..............................................................................................................(.......)</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3356531081"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_170095258"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">, il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_3356531081"/>
+            <w:name w:val="__Fieldmark__6_170095258"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3356531081"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3356531081"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_170095258"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_170095258"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3356531081"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_170095258"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">residente a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_3356531081"/>
+            <w:name w:val="__Fieldmark__7_170095258"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3356531081"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3356531081"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_170095258"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_170095258"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3356531081"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_170095258"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_3356531081"/>
+            <w:name w:val="__Fieldmark__8_170095258"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3356531081"/>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3356531081"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_170095258"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_170095258"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3356531081"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_170095258"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_3356531081"/>
+            <w:name w:val="__Fieldmark__9_170095258"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_3356531081"/>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_3356531081"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_170095258"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_170095258"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_3356531081"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_170095258"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>consapevole delle sanzioni penali stabilite dalla legge per false attestazioni e mendaci dichiarazioni (art. 76, DPR n. 445/2000) e della decadenza dai benefici eventualmente conseguenti al provvedimento emanato sulla base di dichiarazioni non veritiere (art. 75, DPR n. 445/2000), sotto la propria personale responsabilità:</w:t>
       </w:r>
@@ -551,348 +551,348 @@
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">che </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__10_3356531081"/>
+            <w:name w:val="__Fieldmark__10_170095258"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_3356531081"/>
-      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_3356531081"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_170095258"/>
+      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_170095258"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_3356531081"/>
+      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_170095258"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__11_3356531081"/>
+            <w:name w:val="__Fieldmark__11_170095258"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_3356531081"/>
-      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_3356531081"/>
+      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_170095258"/>
+      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_170095258"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_3356531081"/>
+      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_170095258"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>nat</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__12_3356531081"/>
+            <w:name w:val="__Fieldmark__12_170095258"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_3356531081"/>
-      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_3356531081"/>
+      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_170095258"/>
+      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_170095258"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_3356531081"/>
+      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_170095258"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__13_3356531081"/>
+            <w:name w:val="__Fieldmark__13_170095258"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_3356531081"/>
-      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_3356531081"/>
+      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_170095258"/>
+      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_170095258"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>................................................................................................................(.......)</w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_3356531081"/>
+      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_170095258"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__14_3356531081"/>
+            <w:name w:val="__Fieldmark__14_170095258"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_3356531081"/>
-      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_3356531081"/>
+      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_170095258"/>
+      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_170095258"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_3356531081"/>
+      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_170095258"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>e decedut</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__15_3356531081"/>
+            <w:name w:val="__Fieldmark__15_170095258"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_3356531081"/>
-      <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_3356531081"/>
+      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_170095258"/>
+      <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_170095258"/>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_3356531081"/>
+      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_170095258"/>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__16_3356531081"/>
+            <w:name w:val="__Fieldmark__16_170095258"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_3356531081"/>
-      <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_3356531081"/>
+      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_170095258"/>
+      <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_170095258"/>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..............................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_3356531081"/>
+      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_170095258"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__17_3356531081"/>
+            <w:name w:val="__Fieldmark__17_170095258"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_3356531081"/>
-      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_3356531081"/>
+      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_170095258"/>
+      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_170095258"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_3356531081"/>
+      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_170095258"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> di stato civile ………………………………………….. ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>che il de cuius non ha lasciato disposizioni testamentarie;</w:t>
       </w:r>
     </w:p>
@@ -1682,192 +1682,192 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_3356531081"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_3356531081"/>
+      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_170095258"/>
+      <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_170095258"/>
+      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_170095258"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> che tra i coniugi non è mai stata pronunciata sentenza di separazione e che al momento del decesso erano conviventi sotto lo stesso tetto.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(*)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(*) Barrare la casella </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:checked/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_3356531081"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_3356531081"/>
+      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_170095258"/>
+      <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_170095258"/>
+      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_170095258"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> se ricorre l’ipotesi</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__20_3356531081"/>
+            <w:name w:val="__Fieldmark__20_170095258"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_3356531081"/>
-      <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_3356531081"/>
+      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_170095258"/>
+      <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_170095258"/>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_3356531081"/>
+      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_170095258"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__21_3356531081"/>
+            <w:name w:val="__Fieldmark__21_170095258"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_3356531081"/>
-      <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_3356531081"/>
+      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_170095258"/>
+      <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_170095258"/>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_3356531081"/>
+      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_170095258"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Dichiarante                         </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>